--- v0 (2025-10-31)
+++ v1 (2026-03-28)
@@ -12,86 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Report Data export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Unspecified</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Desecration of graves</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
+  </si>
+  <si>
+    <t>Unspecified crime type</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -526,51 +529,51 @@
       </c>
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1">
         <v>2014</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="E7" s="1">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>