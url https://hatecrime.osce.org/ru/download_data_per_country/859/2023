--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Report Data export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
@@ -78,50 +78,53 @@
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Incitement to violence</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Disturbance of the peace</t>
   </si>
   <si>
     <t>Desecration of graves</t>
   </si>
   <si>
     <t>Burglary</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
     <t>Unspecified</t>
+  </si>
+  <si>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Anti-Christian hate crime</t>
   </si>
   <si>
     <t>Arson</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -826,51 +829,51 @@
       </c>
       <c r="B21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1">
         <v>2023</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E22" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1">
         <v>2023</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E23" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1">
         <v>2023</v>
@@ -959,51 +962,51 @@
     <row r="29" spans="1:5">
       <c r="A29" s="1">
         <v>2023</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1">
         <v>2023</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E30" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1">
         <v>2023</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="1">
         <v>99</v>
       </c>
     </row>
@@ -1047,51 +1050,51 @@
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E34" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1">
         <v>2023</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1">
         <v>2023</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="1">
         <v>2023</v>
@@ -1112,646 +1115,646 @@
     <row r="38" spans="1:5">
       <c r="A38" s="1">
         <v>2023</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="1">
         <v>2023</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E39" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="1">
         <v>2023</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E40" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="1">
         <v>2023</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="1">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="1">
         <v>2023</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E42" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="1">
         <v>2023</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="1">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="1">
         <v>2023</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E44" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="1">
         <v>2023</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="1">
         <v>2023</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="1">
         <v>43</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="1">
         <v>2023</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="1">
         <v>2023</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="1">
         <v>2023</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="1">
         <v>252</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="1">
         <v>2023</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E50" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="1">
         <v>2023</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E51" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="1">
         <v>2023</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="1">
         <v>263</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="1">
         <v>2023</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E53" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="1">
         <v>2023</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="1">
         <v>2023</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="1">
         <v>2023</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="1">
         <v>2023</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="1">
         <v>2023</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="1">
         <v>2023</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E59" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="1">
         <v>2023</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E60" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="1">
         <v>2023</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E61" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="1">
         <v>2023</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="1">
         <v>78</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="1">
         <v>2023</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="1">
         <v>2023</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="1">
         <v>2023</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="1">
         <v>2023</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="1">
         <v>504</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="1">
         <v>2023</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E67" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="1">
         <v>2023</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="1">
         <v>51</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="1">
         <v>2023</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E69" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="1">
         <v>2023</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E70" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="1">
         <v>2023</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="1">
         <v>47</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="1">
         <v>2023</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E72" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="1">
         <v>2023</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="1">
         <v>2023</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="1">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>