--- v0 (2025-10-19)
+++ v1 (2026-03-22)
@@ -62,51 +62,51 @@
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Vandalism</t>
   </si>
   <si>
     <t>Disturbance of the peace</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Incitement to violence</t>
   </si>
   <si>
     <t>Sexual assault</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
   <si>
     <t>Anti-Christian hate crime</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
   <si>
     <t>Arson</t>
   </si>