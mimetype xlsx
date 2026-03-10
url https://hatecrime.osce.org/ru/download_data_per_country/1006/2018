--- v0 (2025-11-04)
+++ v1 (2026-03-10)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Incitement to violence</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Gender-based hate crime</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>