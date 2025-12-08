--- v0 (2025-11-17)
+++ v1 (2025-12-08)
@@ -35,84 +35,84 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
+    <t>Theft/ robbery</t>
+  </si>
+  <si>
+    <t>Disability hate crime</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Threats/ threatening behaviour</t>
+  </si>
+  <si>
+    <t>Disturbance of the peace</t>
+  </si>
+  <si>
+    <t>Damage to property</t>
+  </si>
+  <si>
     <t>Sexual assault</t>
   </si>
   <si>
-    <t>Disability hate crime</t>
-[...13 lines deleted...]
-  <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Vandalism</t>
   </si>
   <si>
     <t>Arson</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
-  </si>
-[...1 lines deleted...]
-    <t>Other</t>
   </si>
   <si>
     <t>Attacks against places of worship</t>
   </si>
   <si>
     <t>Desecration of graves</t>
   </si>
   <si>
     <t>Harassment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -428,504 +428,521 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E26"/>
+  <dimension ref="A1:E27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E26"/>
+      <selection activeCell="A1" sqref="A1:E27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1">
         <v>2024</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1">
         <v>2024</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="1">
-        <v>34</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1">
         <v>2024</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1">
-        <v>4</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1">
         <v>2024</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="1">
-        <v>70</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1">
         <v>2024</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="1">
-        <v>49</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1">
         <v>2024</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="1">
-        <v>8</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1">
         <v>2024</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="1">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1">
         <v>2024</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="1">
-        <v>1</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1">
         <v>2024</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E10" s="1">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1">
         <v>2024</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E11" s="1">
-        <v>2</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1">
         <v>2024</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1">
         <v>2024</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E13" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1">
         <v>2024</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1">
         <v>2024</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="1">
         <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1">
         <v>2024</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="1">
-        <v>44</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1">
         <v>2024</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E17" s="1">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1">
         <v>2024</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="1">
-        <v>53</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1">
         <v>2024</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1">
         <v>2024</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E20" s="1">
-        <v>49</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1">
         <v>2024</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E21" s="1">
-        <v>59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1">
         <v>2024</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E22" s="1">
-        <v>166</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1">
         <v>2024</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E23" s="1">
-        <v>1</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1">
         <v>2024</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="1">
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1">
         <v>2024</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1">
         <v>2024</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E26" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="1">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E26" s="1">
+      <c r="E27" s="1">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>