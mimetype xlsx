--- v0 (2025-10-27)
+++ v1 (2026-03-26)
@@ -47,51 +47,51 @@
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Disturbance of the peace</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Incitement to violence</t>
   </si>
   <si>
     <t>Sexual assault</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Vandalism</t>
   </si>
   <si>
     <t>Attacks against places of worship</t>
   </si>