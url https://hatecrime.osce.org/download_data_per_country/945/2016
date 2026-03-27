--- v0 (2025-10-28)
+++ v1 (2026-03-27)
@@ -41,51 +41,51 @@
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Disturbance of the peace</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Vandalism</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Desecration of graves</t>
   </si>
 </sst>
 </file>
 