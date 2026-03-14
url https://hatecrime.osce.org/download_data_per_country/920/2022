--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -12,77 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Report Data export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>Gender-based hate crime</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Unspecified</t>
+  </si>
+  <si>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Sexual assault</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
@@ -479,527 +482,527 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1">
         <v>2022</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E3" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1">
         <v>2022</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1">
         <v>2022</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E5" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1">
         <v>2022</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E6" s="1">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1">
         <v>2022</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E7" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1">
         <v>2022</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1">
         <v>2022</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1">
         <v>2022</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E10" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1">
         <v>2022</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E11" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1">
         <v>2022</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1">
         <v>2022</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E13" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1">
         <v>2022</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E14" s="1">
         <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1">
         <v>2022</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1">
         <v>2022</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E16" s="1">
         <v>358</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1">
         <v>2022</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1">
         <v>2022</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1">
         <v>2022</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1">
         <v>2022</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E20" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1">
         <v>2022</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="1">
         <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1">
         <v>2022</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E22" s="1">
         <v>835</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1">
         <v>2022</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E23" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1">
         <v>2022</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E24" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1">
         <v>2022</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E25" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1">
         <v>2022</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1">
         <v>2022</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E27" s="1">
         <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1">
         <v>2022</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="1">
         <v>2022</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1">
         <v>2022</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E30" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1">
         <v>2022</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E31" s="1">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>