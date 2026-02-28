--- v0 (2025-11-06)
+++ v1 (2026-02-28)
@@ -68,51 +68,51 @@
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Attacks against places of worship</t>
   </si>
   <si>
     <t>Disturbance of the peace</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
   <si>
     <t>Sexual assault</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Anti-Roma hate crime</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Desecration of graves</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>