--- v0 (2026-01-08)
+++ v1 (2026-03-03)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>Hate crime against Christians and members of other religions</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Desecration of graves</t>
   </si>
 </sst>
 </file>
 