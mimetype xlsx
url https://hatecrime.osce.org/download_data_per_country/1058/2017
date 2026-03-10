--- v0 (2025-10-29)
+++ v1 (2026-03-10)
@@ -50,51 +50,51 @@
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Arson</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Gender-based hate crime</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Anti-Christian hate crime</t>
   </si>