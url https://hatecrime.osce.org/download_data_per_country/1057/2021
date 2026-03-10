--- v0 (2025-10-23)
+++ v1 (2026-03-10)
@@ -12,95 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Report Data export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Sexual assault</t>
   </si>
   <si>
     <t>Theft/ robbery</t>
   </si>
   <si>
     <t>Arson</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
+    <t>Unspecified crime type</t>
+  </si>
+  <si>
+    <t>Physical assault</t>
+  </si>
+  <si>
     <t>Unspecified</t>
-  </si>
-[...1 lines deleted...]
-    <t>Physical assault</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Homicide</t>
   </si>
   <si>
     <t>Anti-Christian hate crime</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -703,428 +706,428 @@
     <row r="15" spans="1:5">
       <c r="A15" s="1">
         <v>2021</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1">
         <v>2021</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="1">
         <v>228</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1">
         <v>2021</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E17" s="1">
         <v>264</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1">
         <v>2021</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1">
         <v>2021</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="1">
         <v>216</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1">
         <v>2021</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="1">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1">
         <v>2021</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="1">
         <v>3459</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1">
         <v>2021</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="1">
         <v>21476</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1">
         <v>2021</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1">
         <v>2021</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="1">
         <v>1678</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1">
         <v>2021</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E25" s="1">
         <v>5196</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1">
         <v>2021</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1">
         <v>2021</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="1">
         <v>287</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1">
         <v>2021</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="1">
         <v>2021</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="1">
         <v>1919</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1">
         <v>2021</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E30" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1">
         <v>2021</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="1">
         <v>701</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="1">
         <v>2021</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="1">
         <v>1381</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1">
         <v>2021</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E33" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="1">
         <v>2021</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1">
         <v>2021</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E35" s="1">
         <v>907</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1">
         <v>2021</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="1">
         <v>2021</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="1">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="1">
         <v>2021</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E38" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>