--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Report data for year</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Anti-Muslim hate crime</t>
   </si>
   <si>
     <t>Anti-Christian hate crime</t>
   </si>
   <si>
     <t>Other hate crime based on religion or belief</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -415,51 +415,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.987" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1">
         <v>2020</v>
       </c>
       <c r="B2" s="1" t="s">