--- v0 (2025-10-18)
+++ v1 (2026-03-04)
@@ -41,51 +41,51 @@
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Bias Motivation</t>
   </si>
   <si>
     <t>Type of Crime</t>
   </si>
   <si>
     <t>Recorded by Police</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Racist and xenophobic hate crime</t>
   </si>
   <si>
     <t>Physical assault</t>
   </si>
   <si>
     <t>Threats/ threatening behaviour</t>
   </si>
   <si>
-    <t>Unspecified</t>
+    <t>Unspecified crime type</t>
   </si>
   <si>
     <t>Anti-Semitic hate crime</t>
   </si>
   <si>
     <t>Hate crime against Christians and members of other religions</t>
   </si>
   <si>
     <t>Damage to property</t>
   </si>
   <si>
     <t>Anti-LGBTI hate crime</t>
   </si>
   <si>
     <t>Disability hate crime</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>